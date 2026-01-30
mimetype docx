--- v0 (2025-11-29)
+++ v1 (2026-01-30)
@@ -1075,68 +1075,68 @@
           </w:tcPr>
           <w:p w14:paraId="33905264" w14:textId="77777777" w:rsidR="00A35617" w:rsidRPr="00080BEB" w:rsidRDefault="00A35617" w:rsidP="00F403C0">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C3D18">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42B5833F" w14:textId="396D7B96" w:rsidR="00A35617" w:rsidRPr="00080BEB" w:rsidRDefault="00C30ED1" w:rsidP="00F403C0">
+          <w:p w14:paraId="42B5833F" w14:textId="764B3174" w:rsidR="00A35617" w:rsidRPr="00080BEB" w:rsidRDefault="007B40FE" w:rsidP="00F403C0">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>11-24-2025</w:t>
+              <w:t>12-02-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00080BEB" w:rsidRPr="00F17977" w14:paraId="4E385F76" w14:textId="77777777" w:rsidTr="00134E53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="861" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E4EB7C8" w14:textId="26BFE0D4" w:rsidR="00080BEB" w:rsidRPr="00080BEB" w:rsidRDefault="00A35617" w:rsidP="00134E53">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2270,81 +2270,81 @@
     <w:rsid w:val="00466DBA"/>
     <w:rsid w:val="004765C8"/>
     <w:rsid w:val="005000E3"/>
     <w:rsid w:val="00502E20"/>
     <w:rsid w:val="00503341"/>
     <w:rsid w:val="00512D09"/>
     <w:rsid w:val="00513AEF"/>
     <w:rsid w:val="0052120C"/>
     <w:rsid w:val="00541D63"/>
     <w:rsid w:val="00552B76"/>
     <w:rsid w:val="005700E8"/>
     <w:rsid w:val="00582620"/>
     <w:rsid w:val="005A4CE2"/>
     <w:rsid w:val="005F61A0"/>
     <w:rsid w:val="006219DC"/>
     <w:rsid w:val="0065147F"/>
     <w:rsid w:val="00656646"/>
     <w:rsid w:val="00661F30"/>
     <w:rsid w:val="006B144F"/>
     <w:rsid w:val="006D6999"/>
     <w:rsid w:val="006F70E8"/>
     <w:rsid w:val="007572BA"/>
     <w:rsid w:val="00764C70"/>
     <w:rsid w:val="0077355B"/>
     <w:rsid w:val="007A606B"/>
+    <w:rsid w:val="007B40FE"/>
     <w:rsid w:val="007D11DC"/>
     <w:rsid w:val="007D4836"/>
     <w:rsid w:val="007E165C"/>
     <w:rsid w:val="008079FB"/>
     <w:rsid w:val="00816B78"/>
     <w:rsid w:val="00840A60"/>
     <w:rsid w:val="0092258F"/>
     <w:rsid w:val="0093758F"/>
     <w:rsid w:val="00942A00"/>
     <w:rsid w:val="009707D0"/>
     <w:rsid w:val="009A6EA9"/>
     <w:rsid w:val="009B1CED"/>
     <w:rsid w:val="009F3397"/>
     <w:rsid w:val="009F62A2"/>
     <w:rsid w:val="00A22EEE"/>
     <w:rsid w:val="00A35617"/>
     <w:rsid w:val="00AA1E53"/>
     <w:rsid w:val="00AA4247"/>
     <w:rsid w:val="00AB33C4"/>
     <w:rsid w:val="00B0047E"/>
     <w:rsid w:val="00B05A87"/>
     <w:rsid w:val="00B1373E"/>
     <w:rsid w:val="00B304F7"/>
     <w:rsid w:val="00B34409"/>
     <w:rsid w:val="00B37D25"/>
     <w:rsid w:val="00B54389"/>
     <w:rsid w:val="00B82602"/>
+    <w:rsid w:val="00BC572A"/>
     <w:rsid w:val="00BC7F99"/>
     <w:rsid w:val="00BE08BC"/>
-    <w:rsid w:val="00C1363B"/>
-    <w:rsid w:val="00C30ED1"/>
     <w:rsid w:val="00C45244"/>
     <w:rsid w:val="00C62C67"/>
     <w:rsid w:val="00C716E6"/>
     <w:rsid w:val="00C90B6C"/>
     <w:rsid w:val="00D02C87"/>
     <w:rsid w:val="00D07023"/>
     <w:rsid w:val="00D14E51"/>
     <w:rsid w:val="00D2300F"/>
     <w:rsid w:val="00D73B44"/>
     <w:rsid w:val="00DA3CCF"/>
     <w:rsid w:val="00DC7CE8"/>
     <w:rsid w:val="00DD2E0F"/>
     <w:rsid w:val="00DD35DE"/>
     <w:rsid w:val="00E82BA4"/>
     <w:rsid w:val="00EA3BB8"/>
     <w:rsid w:val="00F17977"/>
     <w:rsid w:val="00F4258F"/>
     <w:rsid w:val="00F71F6D"/>
     <w:rsid w:val="00FA074A"/>
     <w:rsid w:val="00FB2424"/>
     <w:rsid w:val="00FD20C5"/>
     <w:rsid w:val="00FD2D7A"/>
     <w:rsid w:val="00FD73F2"/>
   </w:rsids>
   <m:mathPr>