--- v0 (2025-11-29)
+++ v1 (2026-03-19)
@@ -499,51 +499,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7076"/>
       </w:tblGrid>
       <w:tr w:rsidR="00080BEB" w:rsidRPr="00751B4C" w14:paraId="6DA23646" w14:textId="77777777" w:rsidTr="00080BEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7076" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24911A14" w14:textId="1A47DE4A" w:rsidR="00080BEB" w:rsidRPr="00751B4C" w:rsidRDefault="00751B4C" w:rsidP="00080BEB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52278975" wp14:editId="7D647A94">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52278975" wp14:editId="1A56344C">
                   <wp:extent cx="2438400" cy="2255520"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="593743118" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="593743118" name="Grafik 593743118"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -886,68 +886,68 @@
           </w:tcPr>
           <w:p w14:paraId="33905264" w14:textId="77777777" w:rsidR="00A35617" w:rsidRPr="00080BEB" w:rsidRDefault="00A35617" w:rsidP="00F403C0">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C3D18">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42B5833F" w14:textId="68541989" w:rsidR="00A35617" w:rsidRPr="00080BEB" w:rsidRDefault="009E4E03" w:rsidP="00F403C0">
+          <w:p w14:paraId="42B5833F" w14:textId="15A948B0" w:rsidR="00A35617" w:rsidRPr="00080BEB" w:rsidRDefault="00402E15" w:rsidP="00F403C0">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>11-24-2025</w:t>
+              <w:t>02-03-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00080BEB" w:rsidRPr="00250C85" w14:paraId="4E385F76" w14:textId="77777777" w:rsidTr="00134E53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="861" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E4EB7C8" w14:textId="26BFE0D4" w:rsidR="00080BEB" w:rsidRPr="00080BEB" w:rsidRDefault="00A35617" w:rsidP="00134E53">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2078,92 +2078,92 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA3CCF"/>
     <w:rsid w:val="000227EB"/>
     <w:rsid w:val="00080BEB"/>
     <w:rsid w:val="0009280C"/>
     <w:rsid w:val="000C3D18"/>
     <w:rsid w:val="000E1FE4"/>
     <w:rsid w:val="000E332A"/>
     <w:rsid w:val="00134E53"/>
     <w:rsid w:val="001A076B"/>
     <w:rsid w:val="002028FC"/>
     <w:rsid w:val="002504DC"/>
     <w:rsid w:val="00250C85"/>
-    <w:rsid w:val="002D7B15"/>
+    <w:rsid w:val="002619F0"/>
     <w:rsid w:val="00381CBB"/>
+    <w:rsid w:val="00402E15"/>
     <w:rsid w:val="00404B14"/>
     <w:rsid w:val="00417AC8"/>
     <w:rsid w:val="00426E83"/>
     <w:rsid w:val="00466DBA"/>
     <w:rsid w:val="004765C8"/>
     <w:rsid w:val="00502E20"/>
     <w:rsid w:val="00503341"/>
     <w:rsid w:val="00512D09"/>
     <w:rsid w:val="00513AEF"/>
     <w:rsid w:val="0052120C"/>
     <w:rsid w:val="00541D63"/>
     <w:rsid w:val="00552B76"/>
     <w:rsid w:val="005700E8"/>
     <w:rsid w:val="00582620"/>
     <w:rsid w:val="0059205D"/>
     <w:rsid w:val="005A4CE2"/>
     <w:rsid w:val="005F61A0"/>
     <w:rsid w:val="006219DC"/>
     <w:rsid w:val="0065147F"/>
     <w:rsid w:val="00656646"/>
     <w:rsid w:val="00661F30"/>
     <w:rsid w:val="006A7DD6"/>
     <w:rsid w:val="006B144F"/>
     <w:rsid w:val="006F70E8"/>
     <w:rsid w:val="00751B4C"/>
     <w:rsid w:val="007572BA"/>
     <w:rsid w:val="00764C70"/>
     <w:rsid w:val="0077355B"/>
     <w:rsid w:val="007A606B"/>
     <w:rsid w:val="007D11DC"/>
     <w:rsid w:val="007D4836"/>
     <w:rsid w:val="008079FB"/>
     <w:rsid w:val="00816B78"/>
     <w:rsid w:val="00840A60"/>
     <w:rsid w:val="00942A00"/>
     <w:rsid w:val="009707D0"/>
     <w:rsid w:val="009A1714"/>
     <w:rsid w:val="009A6EA9"/>
     <w:rsid w:val="009B1CED"/>
-    <w:rsid w:val="009E4E03"/>
     <w:rsid w:val="009F08E1"/>
     <w:rsid w:val="009F3397"/>
     <w:rsid w:val="009F62A2"/>
     <w:rsid w:val="00A22EEE"/>
     <w:rsid w:val="00A35617"/>
     <w:rsid w:val="00AA1E53"/>
     <w:rsid w:val="00AA4247"/>
     <w:rsid w:val="00AB33C4"/>
     <w:rsid w:val="00B0047E"/>
     <w:rsid w:val="00B05A87"/>
     <w:rsid w:val="00B1373E"/>
     <w:rsid w:val="00B304F7"/>
     <w:rsid w:val="00B34409"/>
     <w:rsid w:val="00B37D25"/>
     <w:rsid w:val="00B54389"/>
     <w:rsid w:val="00B82602"/>
     <w:rsid w:val="00BC7F99"/>
     <w:rsid w:val="00C45244"/>
     <w:rsid w:val="00C716E6"/>
     <w:rsid w:val="00D02C87"/>
     <w:rsid w:val="00D14E51"/>
     <w:rsid w:val="00D73B44"/>
     <w:rsid w:val="00DA3CCF"/>
     <w:rsid w:val="00DC7CE8"/>
     <w:rsid w:val="00DD2E0F"/>